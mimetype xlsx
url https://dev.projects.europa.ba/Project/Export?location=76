--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -61,51 +61,51 @@
   <si>
     <t xml:space="preserve">The overall objective of the project is acceleration of activities on rehabilitation of the priority sections on the SEETO  Comprehensive Network.
 The purpose of the project is increase of mobility and fostering of the regional cooperation and economic development of BiH.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Completion of the set of documents to enable tendering of works for the betterment/reconstruction/construction on the points of intervention on the SEETO route 2b, laid along the main road E762 (M18) from Sarajevo to Foča (Brod na Drini), to include, but not necessarily be limited to: 
 a) reviewed compliance of the conceptual design with the relevant legislation and spatial plans of the RS and FBiH, 
 b) optimised alignment laid down in the phase of the conceptual design, including introduction of connections to the adjacent roads and relocation of colliding road sections, 
 c) prepared preliminary design for betterment based on the conceptual design, 
 d) prepared extract of documents for obtaining of the spatial conditions and ultimately the spatial conformity for betterment interventions, 
 e) prepared feasibility study, 
 f) prepared environment impact assessment, 
 g) prepared road safety audit report, 
 h) prepared main design for the construction of betterment interventions, including interchanges, connections to the adjacent roads and relocation of colliding road sections, 
 i) revised main design by the consultant(s) authorized for revision under the Laws of RS and FBiH, respectively, 
 j) prepared tender dossier for construction of the respective betterment interventions, including interchanges, connections to the adjacent roads, and relocation of colliding road sections.</t>
   </si>
   <si>
     <t>'''Greening the management of protected areas in SRB-BIH cross-border cooperati on" CfP CBC BIH/SRB Application 62</t>
   </si>
   <si>
     <t>76 456 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The Project seeks to improve institutional infrastructure and capacities of protected areas, ecotourism business and social welfare of local communities. 
 Specific problems to be addressed by the Project include: slow promulgation process, small size and outdated management of nature protected areas; low volume, quality and performance, poor marketing and low promotion of eco tourism in protected areas (less effective use of natural welfare together with uncontrolled tourism development);  small degree of involvement of NGOs in the related activities.
 By improving the productivity and the competitiveness of the area’s environmental resources, the Project will stimulate regular interaction between the environmental NGOs across the cross-border region. It will also stimulate contacts between reserve managers, governmental agencies, local communities and private businesses via: exchange of know-how; selected small investments in ecotourism infrastructure, as well as possible establishment of ecotourism cross-border clusters. 
 It will stimulate local economic development by supporting the development and improvement of ecotourism products &amp; services; integration of cultural heritage and environment into tourism products and joint marketing of these products. Furthermore, the Project will contribute to increasing the knowledge of people working in ecotourism and agriculture and the use of ICT tools for developing and marketing ecotourism and eco-products. 
 This action will also support awareness raising activities on environmental issues and joint actions to ensure that existing and future protected area are managed so that they can sustain the pressures of tourism development without losing their value.
 The overall objective of the action is: 
 -	To foster the role of the Civil Society Organisations in integrated management planning and eco tourism development in  nature protected areas within the programme area (BiH-Serbia) as a tool for local and regional sustainable economies development 
 Specific objectives of the action are:
 -	To create an Action plan for strengthening the role of environmental NGOs in development of protected areas and sustainable tourism within the programme/border area, in line with relevant strategic documents of Serbia and B&amp;H, related to environmental protection and tourism development.  
 -	To implement integrated natural resources management and eco tourism development practices in 2 pilot areas in line with relevant international conventions and treaties . 
 -	To create a network of protected areas and NGOs involved in eco tourism development and nature protection in programme/border area with the purpose of exchanging experience and implementing the Action plan and securing sustainabilty and follow up of the actions.</t>
   </si>
   <si>
     <t xml:space="preserve">1. 	The Project developed an Action Plan for strengthening the role of environmental NGOs in development of protected areas and sustainable tourism within the programme area in line with relevant national strategic documents. The Action Plan is a tool for fostering the role of environmental NGOs in management and eco tourism development in  protected areas within the Serbia-BiH cross-border region. The Plan was supported by the local authorities and the NGO network established during the project. 
 2. 	A network of protected areas and NGOs involved in eco tourism development and nature protection in programme/border area was established. Network of NGOs and protected areas from the Serbia-BH cross – border region includes 35 members and represents a powerful body for the cross-border cooperation on creation and implementation of joint actions aimed at eco tourism development in protected areas. A declaration signed at the Final project workshop introduces the rules of network functioning and defines benefits and obligations of the Network members which will secure smooth functioning of the Network after the project is officially finished.
 3. 	Guidelines for integrated natural resources management and sustainable tourism development in line with relevant international conventions were drafted, printed and distributed to the target groups:  NGOs, local government, SMEs and entrepreneurs dealing with accommodation and catering services on how to improve ecotourism, generate income and at the same time protect natural resources.
 4. 	The project contributed to the increase of capacities and improved opportunities for eco-tourism development in the 2 pilot areas by developing the Business plan on the justification of investments in the reconstruction of the barracks at protected landscape Bijambare in Sarajevo Canton and developing Preliminary Design Plan of Adventure Park in Nature Monument „Sopotnica Waterfalls”.</t>
@@ -115,51 +115,51 @@
   </si>
   <si>
     <t>47 772 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project seeks to bring together female and male youth participants to develop their leadership capacities with the aim to encourage their active contribution in strengthening good neighbourly relations. 
 This joint initiative will be implemented with active involvement of young people gathered in youth groups from 12 communities within targeted regions. Project activities are designed to empower active contribution of youth in addressing their needs. These will be activities of common interest such as common capacity building, advocating common prioritized needs of youth regarding social and economic development, developing institutional networks with community stakeholders in social, political, economic, cultural and environmental fields, cross border working study visits and common cross border cultural events.</t>
   </si>
   <si>
     <t xml:space="preserve">The most prominent result of the project is that 320 youth leaders from 12 communities are involved in 4 youth focal groups well educated and skilled and with capacities to efficiently influence youth policies at local, national and regional level and for leading initiatives in communities and regions.
 All planned trainings were successfully realized and resulted in highly skilled youth that now act as promoters of social inclusion and European values, democratic societies and tolerance among their peers.</t>
   </si>
   <si>
     <t>Agriculture Forecast - Reporting System (AFRS) in the Cross Border Region</t>
   </si>
   <si>
     <t>80 216 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project was aimed at improvement of competitiveness of stakeholders in agriculture sector in project area in using land as economic, rural and environmental resource, with specific objective being establishment of the innovative concept of integrated agriculture production based on IT forecasting and reporting between agriculture extension service providers and production sector in project area.</t>
   </si>
   <si>
     <t xml:space="preserve">EU best practice models in forecast-reporting system introduced among project stakeholders;
 System for agriculture reporting and forecasting established (15 agriculture weather stations purchase and installed in B&amp;H, information/data collected and filled-in existing databases necessary for system functioning);
 Awareness raising campaign on use of information from forecast-reporting systems.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>