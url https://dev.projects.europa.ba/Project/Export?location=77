--- v0 (2025-12-16)
+++ v1 (2026-03-29)
@@ -30,105 +30,105 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Building-up countryside tourism destinations around Sarajevo to diversify the ru ral economy</t>
   </si>
   <si>
     <t>179 957 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>This project encourage local networks of stakeholders and citizens to create a favourable environment for employment opportunities in Bosnia and Herzegovina. It generates new professional skills, in order to facilitate innovation, self-employment opportunities and complementary incomes in rural areas. This will strengthen a sustainable model of local rural economy, by diversification of strategies, valorising and preserving natural resources, local identities and heritage, in order to alleviate poverty and reduce rural exodus.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - A pilot RT cluster is created to structure 4 countryside tourism destinations around Sarajevo and to enhance their visibility, thanks to the exchange and support with EU partners;
 - Agriculture producers and rural enterprises in tourism strengthened their competiveness, by improving their professional skills, knowledge and quality of their offers
 - 4 destinations are actively promoted to gain new markets;
 - The expertise on rural tourism sector’s opportunities is increased, providing better capacity to the civil society organizations to influence policy and decision making processes.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Agriculture Forecast - Reporting System (AFRS) in the Cross Border Region</t>
   </si>
   <si>
     <t>80 216 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project was aimed at improvement of competitiveness of stakeholders in agriculture sector in project area in using land as economic, rural and environmental resource, with specific objective being establishment of the innovative concept of integrated agriculture production based on IT forecasting and reporting between agriculture extension service providers and production sector in project area.</t>
   </si>
   <si>
     <t xml:space="preserve">EU best practice models in forecast-reporting system introduced among project stakeholders;
 System for agriculture reporting and forecasting established (15 agriculture weather stations purchase and installed in B&amp;H, information/data collected and filled-in existing databases necessary for system functioning);
 Awareness raising campaign on use of information from forecast-reporting systems.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>