--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -85,99 +85,99 @@
   <si>
     <t>The main goal of school sports infrastructure is the reconstruction and modernization of schools' gyms in 12 schools including Faculty of Sport as well.</t>
   </si>
   <si>
     <t>Renovated gyms in 11 primary schools and Faculty of Sport</t>
   </si>
   <si>
     <t>Supervision of the works on the “EU4SPORT - To foster positive social development through improvement of sports infrastructure in schools</t>
   </si>
   <si>
     <t>196 150 €</t>
   </si>
   <si>
     <t xml:space="preserve">The contractor shall provide supervisory services to ensure execution and completion of   renovation/modernisation works in accordance with the EC procedures, on time, within the budget available and in accordance with provisions of the Contract and Technical Specifications for execution of the respective works within lots 2 and 3.</t>
   </si>
   <si>
     <t>Superviison of works on 18 schools</t>
   </si>
   <si>
     <t>'''Youth Leadership for Social Cohesion and Cross Border Cooperation "(Applicat ion No.02)</t>
   </si>
   <si>
     <t>47 772 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project seeks to bring together female and male youth participants to develop their leadership capacities with the aim to encourage their active contribution in strengthening good neighbourly relations. 
 This joint initiative will be implemented with active involvement of young people gathered in youth groups from 12 communities within targeted regions. Project activities are designed to empower active contribution of youth in addressing their needs. These will be activities of common interest such as common capacity building, advocating common prioritized needs of youth regarding social and economic development, developing institutional networks with community stakeholders in social, political, economic, cultural and environmental fields, cross border working study visits and common cross border cultural events.</t>
   </si>
   <si>
     <t xml:space="preserve">The most prominent result of the project is that 320 youth leaders from 12 communities are involved in 4 youth focal groups well educated and skilled and with capacities to efficiently influence youth policies at local, national and regional level and for leading initiatives in communities and regions.
 All planned trainings were successfully realized and resulted in highly skilled youth that now act as promoters of social inclusion and European values, democratic societies and tolerance among their peers.</t>
   </si>
   <si>
     <t>Give me a chance</t>
   </si>
   <si>
     <t>66 922 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Main); Climate action
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall project objective is to contribute to equality and protection of the rights of persons with intellectual disabilities for the participation in cultural life, recreation, leisure and sport in accordance with UN Convention on the Rights of Persons with Disabilities. 
 Specific objective is to enhance social inclusion and participation of persons with intellectual disabilities from Montenegro and Bosnia and Herzegovina trough mainstreaming sporting activities.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Strengthened capacities and networking of organisations and institutions aiming to work on enhancing social inclusion of persons with intellectual disabilities trough sport activities. 
 - Improved level of mobility, participation and inclusion of persons with intellectual disabilities in cultural and sport life on national and regional level. 
 - Raised awareness of policy makers, representatives of institutions and other sport stakeholders and citizens about sport as a mean for contribution to better participation and social inclusion of persons with intellectual disabilities.</t>
   </si>
   <si>
     <t>Support to Local Employment Partnerships</t>
   </si>
   <si>
     <t>3 758 362 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project was aimed to contribute to the strategic development of BiH's labour market by fostering sustainable, partnership-driven active labour market frameworks at the local level for an increased access to formal employment, particularly in flood-affected areas. Project is completed on 30 April 2019. 
 Key target groups were LEPs members, including local labour market stakeholders from public, private and civil society sectors (existing LEPs, unemployed, employed, business owners, regional and local PES, employer organisations, trade unions, chambers of commerce, regional development agencies, non-governmental organisations, formal and non-formal education providers, regional and local governments) in selected municipalities/towns. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Key local stakeholders across the country increased awareness and capacity to participate in the LEP scheme and funding opportunities available 
 - Eligible LEPs successfully design local employment development initiatives for financing from the EU and local resources. 
 - LEPs are capable of successfully defining and steering the implementation of active labour market policy measures supporting the execution of employment/human resources integrated development strategies, in line with specific local needs.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>