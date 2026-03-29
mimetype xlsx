--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -63,51 +63,51 @@
   <si>
     <t>The main goal of school sports infrastructure is the reconstruction and modernization of schools' gyms in 12 schools including Faculty of Sport as well.</t>
   </si>
   <si>
     <t>Renovated gyms in 11 primary schools and Faculty of Sport</t>
   </si>
   <si>
     <t>Supervision of the works on the “EU4SPORT - To foster positive social development through improvement of sports infrastructure in schools</t>
   </si>
   <si>
     <t>196 150 €</t>
   </si>
   <si>
     <t xml:space="preserve">The contractor shall provide supervisory services to ensure execution and completion of   renovation/modernisation works in accordance with the EC procedures, on time, within the budget available and in accordance with provisions of the Contract and Technical Specifications for execution of the respective works within lots 2 and 3.</t>
   </si>
   <si>
     <t>Superviison of works on 18 schools</t>
   </si>
   <si>
     <t>'''Youth Leadership for Social Cohesion and Cross Border Cooperation "(Applicat ion No.02)</t>
   </si>
   <si>
     <t>47 772 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project seeks to bring together female and male youth participants to develop their leadership capacities with the aim to encourage their active contribution in strengthening good neighbourly relations. 
 This joint initiative will be implemented with active involvement of young people gathered in youth groups from 12 communities within targeted regions. Project activities are designed to empower active contribution of youth in addressing their needs. These will be activities of common interest such as common capacity building, advocating common prioritized needs of youth regarding social and economic development, developing institutional networks with community stakeholders in social, political, economic, cultural and environmental fields, cross border working study visits and common cross border cultural events.</t>
   </si>
   <si>
     <t xml:space="preserve">The most prominent result of the project is that 320 youth leaders from 12 communities are involved in 4 youth focal groups well educated and skilled and with capacities to efficiently influence youth policies at local, national and regional level and for leading initiatives in communities and regions.
 All planned trainings were successfully realized and resulted in highly skilled youth that now act as promoters of social inclusion and European values, democratic societies and tolerance among their peers.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>