--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,105 +30,105 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Building-up countryside tourism destinations around Sarajevo to diversify the ru ral economy</t>
   </si>
   <si>
     <t>179 957 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>This project encourage local networks of stakeholders and citizens to create a favourable environment for employment opportunities in Bosnia and Herzegovina. It generates new professional skills, in order to facilitate innovation, self-employment opportunities and complementary incomes in rural areas. This will strengthen a sustainable model of local rural economy, by diversification of strategies, valorising and preserving natural resources, local identities and heritage, in order to alleviate poverty and reduce rural exodus.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - A pilot RT cluster is created to structure 4 countryside tourism destinations around Sarajevo and to enhance their visibility, thanks to the exchange and support with EU partners;
 - Agriculture producers and rural enterprises in tourism strengthened their competiveness, by improving their professional skills, knowledge and quality of their offers
 - 4 destinations are actively promoted to gain new markets;
 - The expertise on rural tourism sector’s opportunities is increased, providing better capacity to the civil society organizations to influence policy and decision making processes.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>'''Greening the management of protected areas in SRB-BIH cross-border cooperati on" CfP CBC BIH/SRB Application 62</t>
   </si>
   <si>
     <t>76 456 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The Project seeks to improve institutional infrastructure and capacities of protected areas, ecotourism business and social welfare of local communities. 
 Specific problems to be addressed by the Project include: slow promulgation process, small size and outdated management of nature protected areas; low volume, quality and performance, poor marketing and low promotion of eco tourism in protected areas (less effective use of natural welfare together with uncontrolled tourism development);  small degree of involvement of NGOs in the related activities.
 By improving the productivity and the competitiveness of the area’s environmental resources, the Project will stimulate regular interaction between the environmental NGOs across the cross-border region. It will also stimulate contacts between reserve managers, governmental agencies, local communities and private businesses via: exchange of know-how; selected small investments in ecotourism infrastructure, as well as possible establishment of ecotourism cross-border clusters. 
 It will stimulate local economic development by supporting the development and improvement of ecotourism products &amp; services; integration of cultural heritage and environment into tourism products and joint marketing of these products. Furthermore, the Project will contribute to increasing the knowledge of people working in ecotourism and agriculture and the use of ICT tools for developing and marketing ecotourism and eco-products. 
 This action will also support awareness raising activities on environmental issues and joint actions to ensure that existing and future protected area are managed so that they can sustain the pressures of tourism development without losing their value.
 The overall objective of the action is: 
 -	To foster the role of the Civil Society Organisations in integrated management planning and eco tourism development in  nature protected areas within the programme area (BiH-Serbia) as a tool for local and regional sustainable economies development 
 Specific objectives of the action are:
 -	To create an Action plan for strengthening the role of environmental NGOs in development of protected areas and sustainable tourism within the programme/border area, in line with relevant strategic documents of Serbia and B&amp;H, related to environmental protection and tourism development.  
 -	To implement integrated natural resources management and eco tourism development practices in 2 pilot areas in line with relevant international conventions and treaties . 
 -	To create a network of protected areas and NGOs involved in eco tourism development and nature protection in programme/border area with the purpose of exchanging experience and implementing the Action plan and securing sustainabilty and follow up of the actions.</t>
   </si>
   <si>
     <t xml:space="preserve">1. 	The Project developed an Action Plan for strengthening the role of environmental NGOs in development of protected areas and sustainable tourism within the programme area in line with relevant national strategic documents. The Action Plan is a tool for fostering the role of environmental NGOs in management and eco tourism development in  protected areas within the Serbia-BiH cross-border region. The Plan was supported by the local authorities and the NGO network established during the project. 
 2. 	A network of protected areas and NGOs involved in eco tourism development and nature protection in programme/border area was established. Network of NGOs and protected areas from the Serbia-BH cross – border region includes 35 members and represents a powerful body for the cross-border cooperation on creation and implementation of joint actions aimed at eco tourism development in protected areas. A declaration signed at the Final project workshop introduces the rules of network functioning and defines benefits and obligations of the Network members which will secure smooth functioning of the Network after the project is officially finished.
 3. 	Guidelines for integrated natural resources management and sustainable tourism development in line with relevant international conventions were drafted, printed and distributed to the target groups:  NGOs, local government, SMEs and entrepreneurs dealing with accommodation and catering services on how to improve ecotourism, generate income and at the same time protect natural resources.
 4. 	The project contributed to the increase of capacities and improved opportunities for eco-tourism development in the 2 pilot areas by developing the Business plan on the justification of investments in the reconstruction of the barracks at protected landscape Bijambare in Sarajevo Canton and developing Preliminary Design Plan of Adventure Park in Nature Monument „Sopotnica Waterfalls”.</t>
@@ -162,51 +162,51 @@
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Gender
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The main goal of the project was the improvement of social cohesion between Montenegro and Bosnia and Herzegovina youth through people-to-people actions, and encouraging Montenegro and Bosnia and Herzegovina youth from the border regions to get involved in joint initiatives, which promoted cooperation between these groups and provided benefits for the cross border region.</t>
   </si>
   <si>
     <t xml:space="preserve">Memos of Understanding;
 	Students’ unions formed and the existing ones strengthened high schools from the border regions;
 Web-based communication channel established to facilitate the communication between representatives of Bosnian and Montenegrin students’ unions;
 Training sessions for students’ unions on issues concerning the border region and on writing and managing projects;
 Determination of students’ unions projects (10 projects in total);
 Research conducted on students' participation and the function of Student Unions at the beginning of the project;
 Follow-up research conducted on students' participation and the function of student unions at the end of the project.</t>
   </si>
   <si>
     <t>Development of Tourist Itinerary for Cross Border Region between BIH and MNE</t>
   </si>
   <si>
     <t>91 409 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project focuses on development of the Tourist Itinerary for the Cross-border Region between BiH and MNE to include the following areas 
 BiH: 
 Stari Grad Municipality Sarajevo, Konjic Municipality, Mostar, Stolac Municipality, Trebinje Municipality, Čapljina Municipality, Jablanica Municipality
 MNE:
 Nikšić Municipality, Herceg Novi Municipality, Kotor Municipality, Tivat Municipality
 This route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector.</t>
   </si>
   <si>
     <t xml:space="preserve">In order to link people and trade goods, increase turnovers and income in the cross-border region between BiH and MNE, increase production of national products and similar activities, it was imperative to establish effective cross-border cooperation between these two countries. Therefore our TP Centers cooperated closely on mutual activities: education, trainings, visits to fairs, organization of events, maintenance of the mutual website and databases and organization of final two tourist itinerary routes.
 Development of the Tourist Itinerary for the Cross-Border Region included the said destinations and the route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector. The itineraries were promoted in all project events and through participation if fairs, as well as the project developed web site (www.itinereri.com).
 Two TP centers, established in Sarajevo and in Kotor respectively, will serve as hub for TP companies and provide relevant data, information and services aimed at improvement of knowledge and skills of TP companies.
 Main performance parameters included number and quality of networks links and projects backed and facilitated by this Project.</t>
   </si>
   <si>
     <t>Developemnt of Tourist Itinerary for Cros Border Region between BIH and MNE</t>
   </si>
   <si>
@@ -217,51 +217,51 @@
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project focuses on development of Tourist Itinerary for the Cross-border Region between BiH and MNE to include the following areas 
 BiH: 
 Stari Grad Municipality Sarajevo, Konjic Municipality, Mostar, Stolac Municipality, Trebinje Municipality, Čapljina Municipality, Jablanica Municipality
 MNE:
 Nikšić Municipality, Herceg Novi Municipality, Kotor Municipality, Tivat Municipality
 This route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector.</t>
   </si>
   <si>
     <t xml:space="preserve">In order to link people and trade goods, increase turnovers and income in the cross-border region between BiH and MNE, increase production of national products and similar activities, it was imperative to establish effective cross-border cooperation between these two countries. Therefore our TP centers cooperated closely on mutual activities: education, trainings, visits to fairs, organization of events, maintenance of the mutual website and databases and organization of final two tourist itinerary routes.
 Development of Tourist Itinerary for the Cross-Border Region included the said destinations and the route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector. The itineraries were promoted in all project events and through participation on fairs, as well as the project developed web site (www.itinereri.com).
 Two TP centers, established in Sarajevo and in Kotor respectively, will serve as hub for TP companies and provide relevant data, information and services aimed at improvement of knowledge and skills of TP companies.
 Main performance parameters included number and quality of networks links and projects backed and facilitated by this Project.</t>
   </si>
   <si>
     <t>O.P.T.I.O.N. - Overcoming the prejudice and Promoting new Tools for professional Integration Of people with special Needs in Bosnia and Herzegovina and Monteneg ro</t>
   </si>
   <si>
     <t>97 566 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Digital
  (Significant); Civil society (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">This project aimed at increasing cultural exchanges and raising public awareness on the professional integration of people with disabilities. 
 At the same time, the project facilitated the exchange of the existing practices in the cross-border area among CSOs, institutions and professional associations.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Increased cross-border cultural exchanges in the field of welfare and professional integration of people with special needs 
 - The population of both countries are more sensitized and more informed about the issues of the people with special needs. 
 - Increased social cohesion in the cross-border area with the employment of people with special needs and the start-up of social enterprises. 
 - Good practices concerning professional integration of people with special needs and social enterprise have been spread and shared in the cross-border region, and the capacity of CSOs, institutions and privates have been increased.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">