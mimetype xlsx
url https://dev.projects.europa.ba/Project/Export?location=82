--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,75 +30,75 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Flood recovery-Housing Interventions in Federation BiH(FBiH)</t>
   </si>
   <si>
     <t>5 700 000 €</t>
   </si>
   <si>
-    <t>2017 - 2025</t>
+    <t>2017 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Climate action
  (Significant); Digital
  (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>Purpose of this project is to contribute to the implementation of interventions for recovery of flood-affected areas in sectors having social implications.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 378 households will be provided with adequate and disaster-resilient housing,
 - Within them, 85 households will also benefit annual income generated, through the livelihood measures.
 - Approximately 1,105 people, out of whom at least 40% are women, in flood-affected areas will benefit directly from the Action assistance.</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Design and studies for railway section Doboj - Rasputnica Miljacka, Federation of BiH and Republika Srpska, Bosnia and Herzegovina</t>
   </si>
   <si>
@@ -126,51 +126,51 @@
   <si>
     <t>Supervision of the works on the “EU4SPORT - To foster positive social development through improvement of sports infrastructure in schools</t>
   </si>
   <si>
     <t>196 150 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The contractor shall provide supervisory services to ensure execution and completion of   renovation/modernisation works in accordance with the EC procedures, on time, within the budget available and in accordance with provisions of the Contract and Technical Specifications for execution of the respective works within lots 2 and 3.</t>
   </si>
   <si>
     <t>Superviison of works on 18 schools</t>
   </si>
   <si>
     <t>Agriculture Forecast - Reporting System (AFRS) in the Cross Border Region</t>
   </si>
   <si>
     <t>80 216 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project was aimed at improvement of competitiveness of stakeholders in agriculture sector in project area in using land as economic, rural and environmental resource, with specific objective being establishment of the innovative concept of integrated agriculture production based on IT forecasting and reporting between agriculture extension service providers and production sector in project area.</t>
   </si>
   <si>
     <t xml:space="preserve">EU best practice models in forecast-reporting system introduced among project stakeholders;
 System for agriculture reporting and forecasting established (15 agriculture weather stations purchase and installed in B&amp;H, information/data collected and filled-in existing databases necessary for system functioning);
 Awareness raising campaign on use of information from forecast-reporting systems.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>