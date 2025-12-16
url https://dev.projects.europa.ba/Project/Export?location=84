--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -6,243 +6,238 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Filtered project list" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="43">
   <si>
-    <t>Naziv projekta</t>
-[...18 lines deleted...]
-(EU4Business)</t>
+    <t>Project name</t>
+  </si>
+  <si>
+    <t>EU fund</t>
+  </si>
+  <si>
+    <t>Implementation period</t>
+  </si>
+  <si>
+    <t>Categories</t>
+  </si>
+  <si>
+    <t>Summary</t>
+  </si>
+  <si>
+    <t>Results</t>
+  </si>
+  <si>
+    <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
     <t>2018 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Digitalizacija
-[...15 lines deleted...]
-    <t>Biciklističke rute za unapređenje prirodne i kulturne baštine Hercegovine i Crne Gore - Cycling Rural</t>
+    <t xml:space="preserve">Digital
+ (Main); Civil society (Not targeted); Gender
+ (Not targeted); Climate action
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project will result in:
+- Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
+- Improved business environment for the start-ups and SME development. 
+- Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
+- The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
+- 5 grants supported innovative start-ups, 
+- 24 MSMEs were assisted to buy modern equipment, 
+- 15 grants have helped alleviating the effects of covid-19 on economy. 
+- The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
+  </si>
+  <si>
+    <t>Cycling routes to improve natural and cultural heritage of Herzegovina and Monte negro - Cycling Rural</t>
   </si>
   <si>
     <t>400 000 €</t>
   </si>
   <si>
     <t>2019 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Civilno društvo
-[...15 lines deleted...]
-- Prekogranične regije dodatno promovisane kao atraktivne destinacije za turizam na otvorenom
+    <t xml:space="preserve">Civil society (Main); Gender
+ (Not targeted); Climate action
+ (Not targeted); Digital
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The project is to strengthen and diversify the quality of tourism offer in cross border regions of Montenegro and Herzegovina by development and promotion of cycling and outdoor tourism. 
+This project will result in creation of new and attractive tourism offer in both cross-border regions and at specific locations under the brand CYCLING RURAL. The result will be the diversification of tourism offer in both regions and it will raise the quality of tourism market and tourism services in the whole Adriatic Hinterland. 
+In addition, it will increase activities in rural areas of both Herceg Novi and West Herzegovina, and thus enable revitalization of these areas and contribute to the competitiveness of the program areas as recognizable cross-border tourism destination.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project will result in:
+- Cross border partnership in active tourism development enhanced and strengthened
+- Network of cycling heritage trails in West Herzegovina and Herceg Novi mapped and equipped 
+- Bike Friendly Concept introduced as well as capacities of cross border stakeholders for outdoor tourism development strengthened
+- Cross border regions further promoted as attractive outdoor tourism destinations
 </t>
   </si>
   <si>
-    <t xml:space="preserve">EU podrška regionalnom ekonomskom razvoju u BiH Poziv VI  `Stvaranje staza naslijeđa Trebižata: SRCE Hercegovine u okviru Lot 2 Klaster 2</t>
+    <t>EU support to regional economic development in BIH call VI ''''Creation of Treb izat Heritage Trails: The HEART of Herzegovina under Lot 2 Cluster 2</t>
   </si>
   <si>
     <t>286 370 €</t>
   </si>
   <si>
     <t>2010 - 2025</t>
   </si>
   <si>
-    <t xml:space="preserve">Civilno društvo
-[...7 lines deleted...]
-U tom smislu, ovaj projekt Evropske unije je imao za cilj pružiti podršku ekonomskom razvoju Hercegovine kao turističkog područja integriranjem kulturnog, historijskog i prirodnog naslijeđa u jedinstvenu turističku ponudu – staza naslijeđa Trebižata. Unaprjeđujući razvoj i promociju ovog dijela turističke ponude Hercegovine, unaprijedili smo kvalitetu ponude turističkih sadržaja i doprinijeli povećanju broja turista i noćenja u Hercegovini, i postigli pozitivne efekte za cijelu zemlju.
+    <t xml:space="preserve">Civil society (Main); Gender
+ (Significant); Climate action
+ (Significant); Digital
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Because of its unique and diverse natural and cultural beauty, Bosnia and Herzegovina has huge potential for tourism growth, particularly in niche sectors. As economic regeneration progresses, this potential is being realised, but the sector needs massive investment if both domestic and international tourist numbers are to be maximised.
+In that respect, this European Union project aimed at supporting the economic development of Herzegovina as a tourism region through integration of cultural, historical and natural heritage into a unique tourism offer – the Trebizat cultural heritage trail. By improving development and promotion of this Herzegovina tourist product, we enhanced the quality of the tourism content offer and contributed to the increase number of tourists and overnight stays in Herzegovina as well as with country wide effects.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The European Union has developed Trebizat heritage trail as a competitive tourism product in the niche of cultural tourism and increased its potential for contributing to the overall economic growth and promotion of Bosnia and Herzegovina as a unique tourist destination. 
+With the European Union funding, natural and cultural heritage site facilities (walking and hiking trails, site access infrastructure etc.) along the trail are improved and community based tourism is developed with promoted potential of business service providers in this field. We also ensured safe and clean environment through tourist signalisation, environmental infrastructure improvements and supplies s well as via certified guides. Information dissemination of created tourist product is enhanced via marketing &amp; promotion tools developed and established and equipped tourist info station. 
+With all that, we have contributed to stronger and more visible promotion of the country's natural and cultural potentials as well as to more tourists visiting this site and the country.</t>
+  </si>
+  <si>
+    <t>Sustainable use of water resources in Imotsko-Bekijsko field (IM-BE field)</t>
+  </si>
+  <si>
+    <t>16 279 €</t>
+  </si>
+  <si>
+    <t>2013 - 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Civil society (Main); Digital
+ (Significant); Gender
+ (Not targeted); Climate action
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The project seeks to introduce an integrated approach for structural investments in the irrigation and drainage systems in the Imotsko-Bekijsko Polje region, which are expected to intensify agricultural production in the region. Special attention is given to environmental aspects, and the project also seeks to increase awareness among the local population on how to reduce pollution of surface and underground waters.
+Imotsko-Bekijsko Polje, split by the border between Croatia and BiH, represents a valuable agricultural area and an important economic asset in this cross-border region, with total of 8.150 ha of arable land and rich water resources.
+Through the project, there is good potential to strengthen the coordination of integrated planning by the authorities, and to match the existing top-down strategies with a bottom-up approach. This model is expected to be used for further joint planning in the region.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Expected results:
+1. Functional permanent regional cross-border coordination group (TC) for sustainable management of water resources for Imotsko- Bekijsko Polje established; 
+2. Planning capacities of local authorities strengthened to take advantage of EU Structural funds, in line with EC Environmental protection regulations; 
+3. Necessary technical documentation prepared and adopted by relevant bodies’ in BiH and Croatia, including: 
+a) Study on integrated cross-border potential for agricultural production in Imotsko-Bekijsko Polje prepared;
+b) Conceptual technical design for water irrigation/drainage system in IMBE field prepared; 
+c) Environmental Impact Assessment study and cost-benefit analysis for planned investments prepared; and 
+d) Preliminary design for integrated irrigation, drainage and melioration system of the IMBE field prepared. 
+4. Principles of integrated water management and agricultural production amongst local population promoted; and  
+5. Number of high risk water pollution spots in IMBE field reduced.</t>
+  </si>
+  <si>
+    <t>258 548 €</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Climate action
+ (Main); Digital
+ (Main); Civil society (Significant); Gender
+ (Significant)</t>
+  </si>
+  <si>
+    <t>Recovering SMEs in flood affected areas and strenghtening their competitivenes b ased on local economic development partnership</t>
+  </si>
+  <si>
+    <t>8 950 000 €</t>
+  </si>
+  <si>
+    <t>2016 - 2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Civil society (Main); Gender
+ (Main); Climate action
+ (Significant); Digital
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Project helped to re-establish and improve competitiveness of the selected SMEs and business locations after the 2014 floods. 
 </t>
   </si>
   <si>
-    <t xml:space="preserve">Evropska unija je razvila Staze naslijeđa Trebižata kao konkurentan turistički proizvod u niši eko-turizma i povećala njegov potencijal da doprinese ukupnom ekonomskom rastu i promociji Bosne i Hercegovine kao jedinstvene turističke destinacije. 
-[...77 lines deleted...]
-    <t>Podrška lokalnim partnerstvima za zapošljavanje</t>
+    <t xml:space="preserve">This project resulted in:
+- SMEs of the metal, wood, agribusiness and tourism sectors have further improved their competitiveness. 
+- Strengthened capacities of 10 municipalities to support economic recovery and development. 
+- Cooperation between the public and private sector to support economic recovery and strengthen competitiveness of selected business locations and their SMEs is improved. 
+- Business models along value chains are strengthened.
+- 4 million EUR worth grants have enabled SMEs in agri-business, metal and wood processing to obtain standards for improved products and services, CE certification and introduce innovation for the placement of new products and services on EU market. 
+- Some 30 SMEs increased their flood management resilience by implementing action plans for protection of employees, infrastructure and equipment while 90 new jobs were opened to  support the local economies.</t>
+  </si>
+  <si>
+    <t>Support to Local Employment Partnerships</t>
   </si>
   <si>
     <t>3 758 362 €</t>
   </si>
   <si>
-    <t xml:space="preserve">Civilno društvo
-[...13 lines deleted...]
-- LEP partnerstva u stanju su uspješno definisati i usmjeravati provođenje aktivnih mjera politike za tržište rada kojima se podržava realizacija strategija integrisanog razvoja zapošljavanja/ljudskih resursa, u skladu sa specifičnim lokalnim potrebama.</t>
+    <t xml:space="preserve">Civil society (Significant); Gender
+ (Not targeted); Climate action
+ (Not targeted); Digital
+ (Not targeted)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The project was aimed to contribute to the strategic development of BiH's labour market by fostering sustainable, partnership-driven active labour market frameworks at the local level for an increased access to formal employment, particularly in flood-affected areas. Project is completed on 30 April 2019. 
+Key target groups were LEPs members, including local labour market stakeholders from public, private and civil society sectors (existing LEPs, unemployed, employed, business owners, regional and local PES, employer organisations, trade unions, chambers of commerce, regional development agencies, non-governmental organisations, formal and non-formal education providers, regional and local governments) in selected municipalities/towns. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Implementation of this project will result in:
+- Key local stakeholders across the country increased awareness and capacity to participate in the LEP scheme and funding opportunities available 
+- Eligible LEPs successfully design local employment development initiatives for financing from the EU and local resources. 
+- LEPs are capable of successfully defining and steering the implementation of active labour market policy measures supporting the execution of employment/human resources integrated development strategies, in line with specific local needs.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -261,51 +256,51 @@
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:F8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="85" customWidth="1" style="1"/>
     <col min="2" max="2" width="12.7196153913225" customWidth="1" style="1"/>
-    <col min="3" max="3" width="21.2171957833426" customWidth="1" style="1"/>
+    <col min="3" max="3" width="21.7747671944754" customWidth="1" style="1"/>
     <col min="4" max="4" width="55" customWidth="1" style="1"/>
     <col min="5" max="5" width="85" customWidth="1" style="1"/>
     <col min="6" max="6" width="85" customWidth="1" style="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>