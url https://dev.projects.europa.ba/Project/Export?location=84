--- v1 (2025-12-16)
+++ v2 (2026-03-29)
@@ -30,173 +30,173 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Cycling routes to improve natural and cultural heritage of Herzegovina and Monte negro - Cycling Rural</t>
   </si>
   <si>
     <t>400 000 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is to strengthen and diversify the quality of tourism offer in cross border regions of Montenegro and Herzegovina by development and promotion of cycling and outdoor tourism. 
 This project will result in creation of new and attractive tourism offer in both cross-border regions and at specific locations under the brand CYCLING RURAL. The result will be the diversification of tourism offer in both regions and it will raise the quality of tourism market and tourism services in the whole Adriatic Hinterland. 
 In addition, it will increase activities in rural areas of both Herceg Novi and West Herzegovina, and thus enable revitalization of these areas and contribute to the competitiveness of the program areas as recognizable cross-border tourism destination.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Cross border partnership in active tourism development enhanced and strengthened
 - Network of cycling heritage trails in West Herzegovina and Herceg Novi mapped and equipped 
 - Bike Friendly Concept introduced as well as capacities of cross border stakeholders for outdoor tourism development strengthened
 - Cross border regions further promoted as attractive outdoor tourism destinations
 </t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH call VI ''''Creation of Treb izat Heritage Trails: The HEART of Herzegovina under Lot 2 Cluster 2</t>
   </si>
   <si>
     <t>286 370 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Because of its unique and diverse natural and cultural beauty, Bosnia and Herzegovina has huge potential for tourism growth, particularly in niche sectors. As economic regeneration progresses, this potential is being realised, but the sector needs massive investment if both domestic and international tourist numbers are to be maximised.
 In that respect, this European Union project aimed at supporting the economic development of Herzegovina as a tourism region through integration of cultural, historical and natural heritage into a unique tourism offer – the Trebizat cultural heritage trail. By improving development and promotion of this Herzegovina tourist product, we enhanced the quality of the tourism content offer and contributed to the increase number of tourists and overnight stays in Herzegovina as well as with country wide effects.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union has developed Trebizat heritage trail as a competitive tourism product in the niche of cultural tourism and increased its potential for contributing to the overall economic growth and promotion of Bosnia and Herzegovina as a unique tourist destination. 
 With the European Union funding, natural and cultural heritage site facilities (walking and hiking trails, site access infrastructure etc.) along the trail are improved and community based tourism is developed with promoted potential of business service providers in this field. We also ensured safe and clean environment through tourist signalisation, environmental infrastructure improvements and supplies s well as via certified guides. Information dissemination of created tourist product is enhanced via marketing &amp; promotion tools developed and established and equipped tourist info station. 
 With all that, we have contributed to stronger and more visible promotion of the country's natural and cultural potentials as well as to more tourists visiting this site and the country.</t>
   </si>
   <si>
     <t>Sustainable use of water resources in Imotsko-Bekijsko field (IM-BE field)</t>
   </si>
   <si>
     <t>16 279 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project seeks to introduce an integrated approach for structural investments in the irrigation and drainage systems in the Imotsko-Bekijsko Polje region, which are expected to intensify agricultural production in the region. Special attention is given to environmental aspects, and the project also seeks to increase awareness among the local population on how to reduce pollution of surface and underground waters.
 Imotsko-Bekijsko Polje, split by the border between Croatia and BiH, represents a valuable agricultural area and an important economic asset in this cross-border region, with total of 8.150 ha of arable land and rich water resources.
 Through the project, there is good potential to strengthen the coordination of integrated planning by the authorities, and to match the existing top-down strategies with a bottom-up approach. This model is expected to be used for further joint planning in the region.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 1. Functional permanent regional cross-border coordination group (TC) for sustainable management of water resources for Imotsko- Bekijsko Polje established; 
 2. Planning capacities of local authorities strengthened to take advantage of EU Structural funds, in line with EC Environmental protection regulations; 
 3. Necessary technical documentation prepared and adopted by relevant bodies’ in BiH and Croatia, including: 
 a) Study on integrated cross-border potential for agricultural production in Imotsko-Bekijsko Polje prepared;
 b) Conceptual technical design for water irrigation/drainage system in IMBE field prepared; 
 c) Environmental Impact Assessment study and cost-benefit analysis for planned investments prepared; and 
 d) Preliminary design for integrated irrigation, drainage and melioration system of the IMBE field prepared. 
 4. Principles of integrated water management and agricultural production amongst local population promoted; and  
 5. Number of high risk water pollution spots in IMBE field reduced.</t>
   </si>
   <si>
     <t>258 548 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Significant)</t>
   </si>
   <si>
     <t>Recovering SMEs in flood affected areas and strenghtening their competitivenes b ased on local economic development partnership</t>
   </si>
   <si>
     <t>8 950 000 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Project helped to re-establish and improve competitiveness of the selected SMEs and business locations after the 2014 floods. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">This project resulted in:
 - SMEs of the metal, wood, agribusiness and tourism sectors have further improved their competitiveness. 
 - Strengthened capacities of 10 municipalities to support economic recovery and development. 
 - Cooperation between the public and private sector to support economic recovery and strengthen competitiveness of selected business locations and their SMEs is improved. 
 - Business models along value chains are strengthened.
 - 4 million EUR worth grants have enabled SMEs in agri-business, metal and wood processing to obtain standards for improved products and services, CE certification and introduce innovation for the placement of new products and services on EU market. 
 - Some 30 SMEs increased their flood management resilience by implementing action plans for protection of employees, infrastructure and equipment while 90 new jobs were opened to  support the local economies.</t>
   </si>
   <si>
     <t>Support to Local Employment Partnerships</t>
   </si>
   <si>
     <t>3 758 362 €</t>