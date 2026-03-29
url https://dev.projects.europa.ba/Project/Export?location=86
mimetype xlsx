--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,51 +30,51 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Construction/reconstruction of existing building of Municipal Court in Ljubu¿ki, Federation of Bosnia and Herzegovina, BiH - Lot 2 (Ljubuski)</t>
   </si>
   <si>
     <t>373 540 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Digital
  (Significant); Gender
  (Significant)</t>
   </si>
   <si>
     <t>The overall objective is to contribute to the increase the efficiency, professionalism and independence of the justice sector, to secure the rule of law and thereby prepare the BiH for access to the European Union. The ultimate objective is to help increase judicial efficiency through the reconstruction and improvement of physical state of the courts and prosecutor's offices.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Execution and completion of works under this contract completed in accordance with EU procedures, on time, within the budget available and in accordance with the provisions of the contract, design and technical specifications for execution of the respective works. 
 - Reconstruction of the building for Municipal Court Ljubuski completed and handed over to the final beneficiary.</t>
   </si>
   <si>
     <t>Supervision of the works on ''''Construction/reconstruction of Municipal, Canton al Court and Prosecutors Office in Tuzla and Construction/reconstruction of exis ting building of Municipal Court in Ljubuski''''</t>
   </si>
   <si>
     <t>289 100 €</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
@@ -95,51 +95,51 @@
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Cycling routes to improve natural and cultural heritage of Herzegovina and Monte negro - Cycling Rural</t>
   </si>
   <si>
     <t>400 000 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is to strengthen and diversify the quality of tourism offer in cross border regions of Montenegro and Herzegovina by development and promotion of cycling and outdoor tourism. 
 This project will result in creation of new and attractive tourism offer in both cross-border regions and at specific locations under the brand CYCLING RURAL. The result will be the diversification of tourism offer in both regions and it will raise the quality of tourism market and tourism services in the whole Adriatic Hinterland. 
 In addition, it will increase activities in rural areas of both Herceg Novi and West Herzegovina, and thus enable revitalization of these areas and contribute to the competitiveness of the program areas as recognizable cross-border tourism destination.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Cross border partnership in active tourism development enhanced and strengthened
 - Network of cycling heritage trails in West Herzegovina and Herceg Novi mapped and equipped 
 - Bike Friendly Concept introduced as well as capacities of cross border stakeholders for outdoor tourism development strengthened
 - Cross border regions further promoted as attractive outdoor tourism destinations
 </t>
   </si>
   <si>
     <t>From the Medieval Fortresses in Herzegovina to the Austro-Hungarian Fortresses i n Montenegro / FORT-NET</t>
   </si>
   <si>
     <t>396 841 €</t>
@@ -147,210 +147,210 @@
   <si>
     <t xml:space="preserve">Gender
  (Main); Climate action
  (Main); Digital
  (Significant); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to diversify tourism offer, basing its work on connecting historical cities and rural areas rich in cultural heritage. 
 In parallel, capacities of local stakeholders will be strengthened in the area of valorisation,  interpretation, promotion and integration of cultural assets into economic and social life of local communities.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Cross-border tourist cluster with the aim to create a recognizable thematic tourist offer "From the Medieval Fortresses in Herzegovina to the Austro-Hungarian Fortresses in Montenegro" mapped and formed, connecting 15 most reputable structures in the MNE through a minimum of 10 organized hiking / cycling routes and 4 structures in BiH
 - Light visitor and access infrastructure arranged to support the development of key products (sign posting and recreational facilities for tourism purposes)
 - Small-scale conservation and restoration works on Old Town Ljubuški performed
 - Joint marketing campaign implemented
 - Capacity of target groups regarding development and management in cultural tourism and its potential to spill off and improve economic and social environment of cross border area improved</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generating the economic growth and employment by increasing the competitiveness in the Medical and Aromatic Plants (MAP) sector. The project strengthened economically actors of MAP sector by creating value-added products, based on knowledge, networking, application of new technologies, demand driven market approach, and quality standards introduction.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union established the AgroMAP network of MAP sector's collectors, producers and processors by having brought together 2,165 participants who networked together and share harvesting, cutting and packaging machines, distillers, refrigerators and other essential equipment.
 Together with educational workshops, this network has exchanged results in increased know-how and a wider skill set for those involved. We also increased the income of MAP sector actors by certifying plantations, marketing strategy developed, supply chain branding and foreign market product positioning. Also, an initiative to create an adequate credit line for the MAP sector has been launched. 
 The wider target area also feels the economic benefits through raising plantations and ensuring survival and improvement of existing as well as further development of new opportunities for entrepreneurs.</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH call VI ''''Creation of Treb izat Heritage Trails: The HEART of Herzegovina under Lot 2 Cluster 2</t>
   </si>
   <si>
     <t>286 370 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Because of its unique and diverse natural and cultural beauty, Bosnia and Herzegovina has huge potential for tourism growth, particularly in niche sectors. As economic regeneration progresses, this potential is being realised, but the sector needs massive investment if both domestic and international tourist numbers are to be maximised.
 In that respect, this European Union project aimed at supporting the economic development of Herzegovina as a tourism region through integration of cultural, historical and natural heritage into a unique tourism offer – the Trebizat cultural heritage trail. By improving development and promotion of this Herzegovina tourist product, we enhanced the quality of the tourism content offer and contributed to the increase number of tourists and overnight stays in Herzegovina as well as with country wide effects.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union has developed Trebizat heritage trail as a competitive tourism product in the niche of cultural tourism and increased its potential for contributing to the overall economic growth and promotion of Bosnia and Herzegovina as a unique tourist destination. 
 With the European Union funding, natural and cultural heritage site facilities (walking and hiking trails, site access infrastructure etc.) along the trail are improved and community based tourism is developed with promoted potential of business service providers in this field. We also ensured safe and clean environment through tourist signalisation, environmental infrastructure improvements and supplies s well as via certified guides. Information dissemination of created tourist product is enhanced via marketing &amp; promotion tools developed and established and equipped tourist info station. 
 With all that, we have contributed to stronger and more visible promotion of the country's natural and cultural potentials as well as to more tourists visiting this site and the country.</t>
   </si>
   <si>
     <t>Mediterranean Medicinal Herbs - MED MED HERBS</t>
   </si>
   <si>
     <t>160 613 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to strengthen the competitiveness of the medicinal and aromatic herbs business sector in the cross-border region of Bosnia and Herzegovina and Croatia by establishing a direct co-operation between the scientific-educational institutions and all actors in the value chain of the medicinal and aromatic herbs production and distribution.
 This co-operation will be focused on establishing/reviving or upgrading the quality and quantity of the product through education, standardisation, branding and promotion activities. 
 Cross-border and regional networking will be the crucial element and starting point in the process of upgrading the product quality and quantity, in order to achieve the desired competitiveness on the market and realise joint potential in exporting. 
 New associations, formed by the principles of cluster functioning, will be established at the local level, while a network promoting joint production under the brand of Mediterranean Medicinal Herbs will be established on the cross-border regional level.  
 The project will additionally valorise local production and tradition by making it more visible and accessible to the tourist market, thus creating new opportunities for entrepreneurship development in agro-tourism sector. The goal of such activity is to provide added value to the product and strengthen the economic power of the operators through vertical and horizontal integration processes.</t>
   </si>
   <si>
     <t xml:space="preserve">- Scientific foundation for the intervention in medicinal and aromatic herbs sector was established: the Project developed a detailed analysis of needs of the region from two aspects: production and marketing of medicinal and aromatic herbs, based on which 2 local studies were produced on medicinal herbs current state, 1 joint market study, 1 study on medicinal herbs paths of Herzegovina as well as 1 joint detailed plan of interventions. 
 - Regarding the education and capacity building the project resulted in acquired know-how in medicinal and aromatic herbs production, processing, branding of local and regional products and marketing strategies. The laboratory of the Federation of BiH Agromediterranean Institute in Mostar was reinforced with equipment (chromatographer) which enabled the Institute to provide analysis of plants for which the producers had earlier turned to Serbia or Croatia. Furthermore, education was provided for 70 medicinal and aromatic herbs growers/processing operators through 41 workshops. The Project also assisted in establishing 6 new didactic demonstration fields/nurseries which were used in the practical part of the education as well as in education material where 3 publications were made with high quality materials. The study trip to the most important lavender-growing area in the EU – Provence in France helped participants to gain an insight to the true example of a successful business.
 - In order to establish truly efficient production and to strengthen the position of all stakeholders in medicinal and aromatic herbs sector, two associations were initiated and established (one in each side of the border) that are going to provide their members with tools and platform to exchange knowledge and information, create joint strategies for creating commercial brands and to undertake steps towards the protection of geographical indication.
 - Along the project implementation, cross border and trans-national network among stakeholders in the sector from both sides of the border was initiated and aimed at strengthening marketing capacity of the same. This joint network presented its work and products of its members during the summer months on the Island of Hvar and fairs in Mostar and Split.
 - Cross–border informative actions aiming at increasing the participation of stakeholders in the Project activities and its visibility were implemented, which resulted in the visibility of the Project itself but also in provision of all stakeholders with information on Project activates and ways of getting involved. For this purpose, a web page was developed and promotional materials, as well as promotional events were organised in Hvar and Mostar.</t>
   </si>
   <si>
     <t>Sustainable use of water resources in Imotsko-Bekijsko field (IM-BE field)</t>
   </si>
   <si>
     <t>16 279 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project seeks to introduce an integrated approach for structural investments in the irrigation and drainage systems in the Imotsko-Bekijsko Polje region, which are expected to intensify agricultural production in the region. Special attention is given to environmental aspects, and the project also seeks to increase awareness among the local population on how to reduce pollution of surface and underground waters.
 Imotsko-Bekijsko Polje, split by the border between Croatia and BiH, represents a valuable agricultural area and an important economic asset in this cross-border region, with total of 8.150 ha of arable land and rich water resources.
 Through the project, there is good potential to strengthen the coordination of integrated planning by the authorities, and to match the existing top-down strategies with a bottom-up approach. This model is expected to be used for further joint planning in the region.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 1. Functional permanent regional cross-border coordination group (TC) for sustainable management of water resources for Imotsko- Bekijsko Polje established; 
 2. Planning capacities of local authorities strengthened to take advantage of EU Structural funds, in line with EC Environmental protection regulations; 
 3. Necessary technical documentation prepared and adopted by relevant bodies’ in BiH and Croatia, including: 
 a) Study on integrated cross-border potential for agricultural production in Imotsko-Bekijsko Polje prepared;
 b) Conceptual technical design for water irrigation/drainage system in IMBE field prepared; 
 c) Environmental Impact Assessment study and cost-benefit analysis for planned investments prepared; and 
 d) Preliminary design for integrated irrigation, drainage and melioration system of the IMBE field prepared. 
 4. Principles of integrated water management and agricultural production amongst local population promoted; and  
 5. Number of high risk water pollution spots in IMBE field reduced.</t>
   </si>
   <si>
     <t>258 548 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Significant)</t>
   </si>
   <si>
     <t>Home grown business</t>
   </si>
   <si>
     <t>499 412 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project established a business support network for some 20 start ups in Western Herzegovina Canton in the newly constructed business incubator located in the industrial zone Zvirići in Ljubuški.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Incubation services and SME Fund implemented through support to at least 20 business ideas and the cooperation of at least 5 public and private development partners.  
 - Business support team of 10 experts trained and delivering services to at least 400 prospective entrepreneurs. 
 - Entrepreneurship promoted with engagement of at least 1,000 potential and existing entrepreneurs, public institutions, schools and associations.</t>
   </si>
   <si>
     <t>Connecting separated (development of joint tourist offer along the Roman route)</t>
   </si>
   <si>
     <t>172 579 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to develop a  joint tourist offer based on common environmental and cultural heritage in the cross border area of Croatia and Bosnia and Herzegovina. With the aim to improve the competitiveness of the local tourism economy, the project planned to brand and promote joint cross-border tourism product, the Roman road route Salona-Bigeste-Narona, and to develop tourism infrastructure on the route and on the historical sites of the Roman military camp Bigeste and Salona harbour. To support the established offer, the project increased capacities of tourist boards and cultural/traditional/environmental based NGOs, to enable them to create and promote new cultural/tourism products and events.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Increased attractiveness of the Croatian-BiH cross border region as a tourism destination through branding 170 km of the Roman road route Salona-Bigeste-Narona and revitalization of 2 archaeological sites by installation of the small scale infrastructure and equipment; 
 - Raised knowledge/skills of employees of tourist boards and NGOs in order to create and promote tourist offers, and provide quality service to tourist; 
 - Raised awareness among citizens and tourists of the offers, services and attractions of the sites and the added value of the project to tourism development in the CB area; 
 - Raised knowledge and awareness among the public servants and citizens of revitalization by small-scale infrastructure and urban interventions as a project’s results.</t>
   </si>
   <si>
     <t>Recovering SMEs in flood affected areas and strenghtening their competitivenes b ased on local economic development partnership</t>
   </si>
   <si>
     <t>8 950 000 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Project helped to re-establish and improve competitiveness of the selected SMEs and business locations after the 2014 floods. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">This project resulted in:
 - SMEs of the metal, wood, agribusiness and tourism sectors have further improved their competitiveness. 
 - Strengthened capacities of 10 municipalities to support economic recovery and development. 
 - Cooperation between the public and private sector to support economic recovery and strengthen competitiveness of selected business locations and their SMEs is improved. 
 - Business models along value chains are strengthened.
 - 4 million EUR worth grants have enabled SMEs in agri-business, metal and wood processing to obtain standards for improved products and services, CE certification and introduce innovation for the placement of new products and services on EU market. 
 - Some 30 SMEs increased their flood management resilience by implementing action plans for protection of employees, infrastructure and equipment while 90 new jobs were opened to  support the local economies.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>