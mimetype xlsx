--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,200 +30,200 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Cycling routes to improve natural and cultural heritage of Herzegovina and Monte negro - Cycling Rural</t>
   </si>
   <si>
     <t>400 000 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is to strengthen and diversify the quality of tourism offer in cross border regions of Montenegro and Herzegovina by development and promotion of cycling and outdoor tourism. 
 This project will result in creation of new and attractive tourism offer in both cross-border regions and at specific locations under the brand CYCLING RURAL. The result will be the diversification of tourism offer in both regions and it will raise the quality of tourism market and tourism services in the whole Adriatic Hinterland. 
 In addition, it will increase activities in rural areas of both Herceg Novi and West Herzegovina, and thus enable revitalization of these areas and contribute to the competitiveness of the program areas as recognizable cross-border tourism destination.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Cross border partnership in active tourism development enhanced and strengthened
 - Network of cycling heritage trails in West Herzegovina and Herceg Novi mapped and equipped 
 - Bike Friendly Concept introduced as well as capacities of cross border stakeholders for outdoor tourism development strengthened
 - Cross border regions further promoted as attractive outdoor tourism destinations
 </t>
   </si>
   <si>
     <t>BEAR in Mind: Bringing environmental actions for the biodiversity protection acr oss the borders</t>
   </si>
   <si>
     <t>369 144 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Civil society (Significant); Gender
  (Significant)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to contribute to decreasing biodiversity threats within protected areas in the cross border territory of Bosnia and Herzegovina and Montenegro. The efforts will focus on increasing the capacities of nature protection institutions and organizations to reduce biodiversity threats, development and pilot implementation of species management plans in line with EU Directives. 
 These efforts will be supported by awareness raising campaign, aiming local population, on the benefits of higher environmental protection standards implementation</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Increased capacities of nature protection institutions and organizations to reduce biodiversity threats,
 - Developed and launched pilot implementation of species management plans in line with EU Directives,
 - Awareness raised of local and national population on benefits of higher environmental protection standards implementation.</t>
   </si>
   <si>
     <t>Mediterranean Medicinal Herbs - MED MED HERBS</t>
   </si>
   <si>
     <t>160 613 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to strengthen the competitiveness of the medicinal and aromatic herbs business sector in the cross-border region of Bosnia and Herzegovina and Croatia by establishing a direct co-operation between the scientific-educational institutions and all actors in the value chain of the medicinal and aromatic herbs production and distribution.
 This co-operation will be focused on establishing/reviving or upgrading the quality and quantity of the product through education, standardisation, branding and promotion activities. 
 Cross-border and regional networking will be the crucial element and starting point in the process of upgrading the product quality and quantity, in order to achieve the desired competitiveness on the market and realise joint potential in exporting. 
 New associations, formed by the principles of cluster functioning, will be established at the local level, while a network promoting joint production under the brand of Mediterranean Medicinal Herbs will be established on the cross-border regional level.  
 The project will additionally valorise local production and tradition by making it more visible and accessible to the tourist market, thus creating new opportunities for entrepreneurship development in agro-tourism sector. The goal of such activity is to provide added value to the product and strengthen the economic power of the operators through vertical and horizontal integration processes.</t>
   </si>
   <si>
     <t xml:space="preserve">- Scientific foundation for the intervention in medicinal and aromatic herbs sector was established: the Project developed a detailed analysis of needs of the region from two aspects: production and marketing of medicinal and aromatic herbs, based on which 2 local studies were produced on medicinal herbs current state, 1 joint market study, 1 study on medicinal herbs paths of Herzegovina as well as 1 joint detailed plan of interventions. 
 - Regarding the education and capacity building the project resulted in acquired know-how in medicinal and aromatic herbs production, processing, branding of local and regional products and marketing strategies. The laboratory of the Federation of BiH Agromediterranean Institute in Mostar was reinforced with equipment (chromatographer) which enabled the Institute to provide analysis of plants for which the producers had earlier turned to Serbia or Croatia. Furthermore, education was provided for 70 medicinal and aromatic herbs growers/processing operators through 41 workshops. The Project also assisted in establishing 6 new didactic demonstration fields/nurseries which were used in the practical part of the education as well as in education material where 3 publications were made with high quality materials. The study trip to the most important lavender-growing area in the EU – Provence in France helped participants to gain an insight to the true example of a successful business.
 - In order to establish truly efficient production and to strengthen the position of all stakeholders in medicinal and aromatic herbs sector, two associations were initiated and established (one in each side of the border) that are going to provide their members with tools and platform to exchange knowledge and information, create joint strategies for creating commercial brands and to undertake steps towards the protection of geographical indication.
 - Along the project implementation, cross border and trans-national network among stakeholders in the sector from both sides of the border was initiated and aimed at strengthening marketing capacity of the same. This joint network presented its work and products of its members during the summer months on the Island of Hvar and fairs in Mostar and Split.
 - Cross–border informative actions aiming at increasing the participation of stakeholders in the Project activities and its visibility were implemented, which resulted in the visibility of the Project itself but also in provision of all stakeholders with information on Project activates and ways of getting involved. For this purpose, a web page was developed and promotional materials, as well as promotional events were organised in Hvar and Mostar.</t>
   </si>
   <si>
     <t>Sustainable use of water resources in Imotsko-Bekijsko field (IM-BE field)</t>
   </si>
   <si>
     <t>16 279 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project seeks to introduce an integrated approach for structural investments in the irrigation and drainage systems in the Imotsko-Bekijsko Polje region, which are expected to intensify agricultural production in the region. Special attention is given to environmental aspects, and the project also seeks to increase awareness among the local population on how to reduce pollution of surface and underground waters.
 Imotsko-Bekijsko Polje, split by the border between Croatia and BiH, represents a valuable agricultural area and an important economic asset in this cross-border region, with total of 8.150 ha of arable land and rich water resources.
 Through the project, there is good potential to strengthen the coordination of integrated planning by the authorities, and to match the existing top-down strategies with a bottom-up approach. This model is expected to be used for further joint planning in the region.</t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 1. Functional permanent regional cross-border coordination group (TC) for sustainable management of water resources for Imotsko- Bekijsko Polje established; 
 2. Planning capacities of local authorities strengthened to take advantage of EU Structural funds, in line with EC Environmental protection regulations; 
 3. Necessary technical documentation prepared and adopted by relevant bodies’ in BiH and Croatia, including: 
 a) Study on integrated cross-border potential for agricultural production in Imotsko-Bekijsko Polje prepared;
 b) Conceptual technical design for water irrigation/drainage system in IMBE field prepared; 
 c) Environmental Impact Assessment study and cost-benefit analysis for planned investments prepared; and 
 d) Preliminary design for integrated irrigation, drainage and melioration system of the IMBE field prepared. 
 4. Principles of integrated water management and agricultural production amongst local population promoted; and  
 5. Number of high risk water pollution spots in IMBE field reduced.</t>
   </si>
   <si>
     <t>258 548 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Main); Civil society (Significant); Gender
  (Significant)</t>
   </si>
   <si>
     <t>Recovering SMEs in flood affected areas and strenghtening their competitivenes b ased on local economic development partnership</t>
   </si>
   <si>
     <t>8 950 000 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Project helped to re-establish and improve competitiveness of the selected SMEs and business locations after the 2014 floods. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">This project resulted in:
 - SMEs of the metal, wood, agribusiness and tourism sectors have further improved their competitiveness. 
 - Strengthened capacities of 10 municipalities to support economic recovery and development. 
 - Cooperation between the public and private sector to support economic recovery and strengthen competitiveness of selected business locations and their SMEs is improved. 
 - Business models along value chains are strengthened.
 - 4 million EUR worth grants have enabled SMEs in agri-business, metal and wood processing to obtain standards for improved products and services, CE certification and introduce innovation for the placement of new products and services on EU market. 
 - Some 30 SMEs increased their flood management resilience by implementing action plans for protection of employees, infrastructure and equipment while 90 new jobs were opened to  support the local economies.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>