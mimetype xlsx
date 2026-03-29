--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,312 +30,312 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generating the economic growth and employment by increasing the competitiveness in the Medical and Aromatic Plants (MAP) sector. The project strengthened economically actors of MAP sector by creating value-added products, based on knowledge, networking, application of new technologies, demand driven market approach, and quality standards introduction.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union established the AgroMAP network of MAP sector's collectors, producers and processors by having brought together 2,165 participants who networked together and share harvesting, cutting and packaging machines, distillers, refrigerators and other essential equipment.
 Together with educational workshops, this network has exchanged results in increased know-how and a wider skill set for those involved. We also increased the income of MAP sector actors by certifying plantations, marketing strategy developed, supply chain branding and foreign market product positioning. Also, an initiative to create an adequate credit line for the MAP sector has been launched. 
 The wider target area also feels the economic benefits through raising plantations and ensuring survival and improvement of existing as well as further development of new opportunities for entrepreneurs.</t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH call VI ''''Creation of Treb izat Heritage Trails: The HEART of Herzegovina under Lot 2 Cluster 2</t>
   </si>
   <si>
     <t>286 370 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Significant); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Because of its unique and diverse natural and cultural beauty, Bosnia and Herzegovina has huge potential for tourism growth, particularly in niche sectors. As economic regeneration progresses, this potential is being realised, but the sector needs massive investment if both domestic and international tourist numbers are to be maximised.
 In that respect, this European Union project aimed at supporting the economic development of Herzegovina as a tourism region through integration of cultural, historical and natural heritage into a unique tourism offer – the Trebizat cultural heritage trail. By improving development and promotion of this Herzegovina tourist product, we enhanced the quality of the tourism content offer and contributed to the increase number of tourists and overnight stays in Herzegovina as well as with country wide effects.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union has developed Trebizat heritage trail as a competitive tourism product in the niche of cultural tourism and increased its potential for contributing to the overall economic growth and promotion of Bosnia and Herzegovina as a unique tourist destination. 
 With the European Union funding, natural and cultural heritage site facilities (walking and hiking trails, site access infrastructure etc.) along the trail are improved and community based tourism is developed with promoted potential of business service providers in this field. We also ensured safe and clean environment through tourist signalisation, environmental infrastructure improvements and supplies s well as via certified guides. Information dissemination of created tourist product is enhanced via marketing &amp; promotion tools developed and established and equipped tourist info station. 
 With all that, we have contributed to stronger and more visible promotion of the country's natural and cultural potentials as well as to more tourists visiting this site and the country.</t>
   </si>
   <si>
     <t>Development of Tourist Itinerary for Cross Border Region between BIH and MNE</t>
   </si>
   <si>
     <t>91 409 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project focuses on development of the Tourist Itinerary for the Cross-border Region between BiH and MNE to include the following areas 
 BiH: 
 Stari Grad Municipality Sarajevo, Konjic Municipality, Mostar, Stolac Municipality, Trebinje Municipality, Čapljina Municipality, Jablanica Municipality
 MNE:
 Nikšić Municipality, Herceg Novi Municipality, Kotor Municipality, Tivat Municipality
 This route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector.</t>
   </si>
   <si>
     <t xml:space="preserve">In order to link people and trade goods, increase turnovers and income in the cross-border region between BiH and MNE, increase production of national products and similar activities, it was imperative to establish effective cross-border cooperation between these two countries. Therefore our TP Centers cooperated closely on mutual activities: education, trainings, visits to fairs, organization of events, maintenance of the mutual website and databases and organization of final two tourist itinerary routes.
 Development of the Tourist Itinerary for the Cross-Border Region included the said destinations and the route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector. The itineraries were promoted in all project events and through participation if fairs, as well as the project developed web site (www.itinereri.com).
 Two TP centers, established in Sarajevo and in Kotor respectively, will serve as hub for TP companies and provide relevant data, information and services aimed at improvement of knowledge and skills of TP companies.
 Main performance parameters included number and quality of networks links and projects backed and facilitated by this Project.</t>
   </si>
   <si>
     <t>Developemnt of Tourist Itinerary for Cros Border Region between BIH and MNE</t>
   </si>
   <si>
     <t>0 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project focuses on development of Tourist Itinerary for the Cross-border Region between BiH and MNE to include the following areas 
 BiH: 
 Stari Grad Municipality Sarajevo, Konjic Municipality, Mostar, Stolac Municipality, Trebinje Municipality, Čapljina Municipality, Jablanica Municipality
 MNE:
 Nikšić Municipality, Herceg Novi Municipality, Kotor Municipality, Tivat Municipality
 This route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector.</t>
   </si>
   <si>
     <t xml:space="preserve">In order to link people and trade goods, increase turnovers and income in the cross-border region between BiH and MNE, increase production of national products and similar activities, it was imperative to establish effective cross-border cooperation between these two countries. Therefore our TP centers cooperated closely on mutual activities: education, trainings, visits to fairs, organization of events, maintenance of the mutual website and databases and organization of final two tourist itinerary routes.
 Development of Tourist Itinerary for the Cross-Border Region included the said destinations and the route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector. The itineraries were promoted in all project events and through participation on fairs, as well as the project developed web site (www.itinereri.com).
 Two TP centers, established in Sarajevo and in Kotor respectively, will serve as hub for TP companies and provide relevant data, information and services aimed at improvement of knowledge and skills of TP companies.
 Main performance parameters included number and quality of networks links and projects backed and facilitated by this Project.</t>
   </si>
   <si>
     <t>Mediterranean Medicinal Herbs - MED MED HERBS</t>
   </si>
   <si>
     <t>160 613 €</t>
   </si>
   <si>
-    <t>2012 - 2025</t>
+    <t>2012 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aims to strengthen the competitiveness of the medicinal and aromatic herbs business sector in the cross-border region of Bosnia and Herzegovina and Croatia by establishing a direct co-operation between the scientific-educational institutions and all actors in the value chain of the medicinal and aromatic herbs production and distribution.
 This co-operation will be focused on establishing/reviving or upgrading the quality and quantity of the product through education, standardisation, branding and promotion activities. 
 Cross-border and regional networking will be the crucial element and starting point in the process of upgrading the product quality and quantity, in order to achieve the desired competitiveness on the market and realise joint potential in exporting. 
 New associations, formed by the principles of cluster functioning, will be established at the local level, while a network promoting joint production under the brand of Mediterranean Medicinal Herbs will be established on the cross-border regional level.  
 The project will additionally valorise local production and tradition by making it more visible and accessible to the tourist market, thus creating new opportunities for entrepreneurship development in agro-tourism sector. The goal of such activity is to provide added value to the product and strengthen the economic power of the operators through vertical and horizontal integration processes.</t>
   </si>
   <si>
     <t xml:space="preserve">- Scientific foundation for the intervention in medicinal and aromatic herbs sector was established: the Project developed a detailed analysis of needs of the region from two aspects: production and marketing of medicinal and aromatic herbs, based on which 2 local studies were produced on medicinal herbs current state, 1 joint market study, 1 study on medicinal herbs paths of Herzegovina as well as 1 joint detailed plan of interventions. 
 - Regarding the education and capacity building the project resulted in acquired know-how in medicinal and aromatic herbs production, processing, branding of local and regional products and marketing strategies. The laboratory of the Federation of BiH Agromediterranean Institute in Mostar was reinforced with equipment (chromatographer) which enabled the Institute to provide analysis of plants for which the producers had earlier turned to Serbia or Croatia. Furthermore, education was provided for 70 medicinal and aromatic herbs growers/processing operators through 41 workshops. The Project also assisted in establishing 6 new didactic demonstration fields/nurseries which were used in the practical part of the education as well as in education material where 3 publications were made with high quality materials. The study trip to the most important lavender-growing area in the EU – Provence in France helped participants to gain an insight to the true example of a successful business.
 - In order to establish truly efficient production and to strengthen the position of all stakeholders in medicinal and aromatic herbs sector, two associations were initiated and established (one in each side of the border) that are going to provide their members with tools and platform to exchange knowledge and information, create joint strategies for creating commercial brands and to undertake steps towards the protection of geographical indication.
 - Along the project implementation, cross border and trans-national network among stakeholders in the sector from both sides of the border was initiated and aimed at strengthening marketing capacity of the same. This joint network presented its work and products of its members during the summer months on the Island of Hvar and fairs in Mostar and Split.
 - Cross–border informative actions aiming at increasing the participation of stakeholders in the Project activities and its visibility were implemented, which resulted in the visibility of the Project itself but also in provision of all stakeholders with information on Project activates and ways of getting involved. For this purpose, a web page was developed and promotional materials, as well as promotional events were organised in Hvar and Mostar.</t>
   </si>
   <si>
     <t>ORNIBA - Bird Spicies Protection in Balkan: Joint intervention by BiH and Monten egro</t>
   </si>
   <si>
     <t>150 440 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The corner stone for the ORNIBA project has been Adriatic Flyway initiative that made public the importance of regions for bird migration and revealed aggravating situation regarding bird hunting.
 ORNIBA stands for ORNIthology while BA stands for the Balkans, expressing not-tied-to-country-borders nature of the bird species migration and a need for joint interventions to respond to specific problems of decline in birds diversity. ORNIBA seeks to contribute to preservation and valorisation of birdlife diversity in the Adriatic Flyway migration route by sustaining joint interventions between Bosnia and Herzegovina and Montenegro.
 The project bears significant cross-border co-operation for solving environmental issues and integrated collaboration in protected areas management, while increasing collaboration through the strong advocacy and campaign actions.</t>
   </si>
   <si>
     <t xml:space="preserve">Estimated results (project ongoing):
 R1. Increased knowledge of the resident and migratory bird species in Hutovo Blato and Tivat salina areas and joint birdlife protection measures sustained. 
 R2. Key stakeholders enabled to remedy jointly illegal hunting effects while overall awareness levels on birdlife diversity problems raised.
 R3. Sustainable tourism concept as alternative economic income source well known and accepted among key stakeholders while intervention areas are being included in tourism maps.
 R4. Protected areas management capacities and bird monitoring capacities improved within the intervention area.</t>
   </si>
   <si>
     <t>Eco and Cultural Tourism in South Dinarides</t>
   </si>
   <si>
     <t>60 199 €</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Significant); Digital
  (Not targeted); Civil society (Not targeted); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project aimed to support tourism development stakeholders in the region to enhance the development of joint cross-border eco and cultural tourism offer of Southern Dinarides. It focused on analysis and evaluation of South Dinarides tourism potential, including international best practices applicable in the region, improvement of collaboration between local tourism stakeholders and inclusion of South Dinarides in international tourism networks, provision of training to tourism service providers for high-quality tourism service, 
 development of Eco and Cultural Tourism in South Dinarides Strategy, visibility of joint tourism activities by developing the Southern Dinarides tourism web-site and promotional materials, etc.</t>
   </si>
   <si>
     <t xml:space="preserve">Existing studies and analysis gathered, data collected and practical assessment provided about potential for the eco and cultural tourism in Southern Dinarides (Study for BIH, Study for MNE, Joint South Dinarides Study); 
 Tourism stakeholders acquainted with international best practices;
 Two trainings on how to develop and provide high quality eco/cultural tourism offer;
 South Dinarides Eco and Cultural Tourism Strategy.</t>
   </si>
   <si>
     <t>Cycling Through the History - Revitalisation of the Old Narrow Gauge Railway '' ''Ciro''''</t>
   </si>
   <si>
     <t>279 285 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective of the project was to contribute to integration of the economy in the bordering regions of Dubrovnik-Neretva and Herzegovina through development of new joint tourism offer.
 Specific objective of the project is to revitalize the old narrow gauge railway "Ćiro" between Mostar (BiH) and Konavle (CRO), through establishment of bicycle trail, as new joint tourist product with clear identity and image. It will also aim to increase quantity and quality of tourism offer and tourism services in bordering regions of Dubrovnik-Neretva and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Cross-border partnership enhanced and strengthened.
 - Old narrow gauge railway 'Ćiro' route cleaned, reconstructed, equipped, and signalized.
 - Tourist services and offer along the old narrow gauge railway 'Ćiro'  biking route enhanced.
 - New cycling rout marketed and promoted.</t>
   </si>
   <si>
     <t>AgriBusiness - Agriculture Heritage Capitalisation in Dubrovnik-Herzegovina Cros s-Border Region</t>
   </si>
   <si>
     <t>171 526 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective is strengthening the cross-border rural economic development and competitiveness of typical regional agriculture production sector. 
 Specific objectives are:
 - Capitalization of agriculture heritage in Dubrovnik-Herzegovina cross-border area; 
 - Stimulating access to regional and EU markets for local agriculture producers.
 Target groups:
 - Farms and SMEs in agriculture sector; 
 - Institutions and NGOs dealing with rural development; 
 - Agricultural associations &amp; cooperatives;
 - Retailers.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Structured framework for agriculture sector support in cross-border area
 - Increased capacities and competitiveness of agriculture sector in Dubrovnik-Herzegovina area
 - Established sales channels to regional and EU markets
 - Successfully promoted Agriculture Heritage production and the EU perceived as a donor</t>
   </si>
   <si>
     <t>Support to Local Employment Partnerships</t>
   </si>
   <si>
     <t>3 758 362 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project was aimed to contribute to the strategic development of BiH's labour market by fostering sustainable, partnership-driven active labour market frameworks at the local level for an increased access to formal employment, particularly in flood-affected areas. Project is completed on 30 April 2019. 
 Key target groups were LEPs members, including local labour market stakeholders from public, private and civil society sectors (existing LEPs, unemployed, employed, business owners, regional and local PES, employer organisations, trade unions, chambers of commerce, regional development agencies, non-governmental organisations, formal and non-formal education providers, regional and local governments) in selected municipalities/towns. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Key local stakeholders across the country increased awareness and capacity to participate in the LEP scheme and funding opportunities available 
 - Eligible LEPs successfully design local employment development initiatives for financing from the EU and local resources. 
 - LEPs are capable of successfully defining and steering the implementation of active labour market policy measures supporting the execution of employment/human resources integrated development strategies, in line with specific local needs.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>