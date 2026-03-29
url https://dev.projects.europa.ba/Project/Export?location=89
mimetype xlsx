--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,80 +30,80 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Cycling Through the History - Revitalisation of the Old Narrow Gauge Railway '' ''Ciro''''</t>
   </si>
   <si>
     <t>279 285 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective of the project was to contribute to integration of the economy in the bordering regions of Dubrovnik-Neretva and Herzegovina through development of new joint tourism offer.
 Specific objective of the project is to revitalize the old narrow gauge railway "Ćiro" between Mostar (BiH) and Konavle (CRO), through establishment of bicycle trail, as new joint tourist product with clear identity and image. It will also aim to increase quantity and quality of tourism offer and tourism services in bordering regions of Dubrovnik-Neretva and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Cross-border partnership enhanced and strengthened.
 - Old narrow gauge railway 'Ćiro' route cleaned, reconstructed, equipped, and signalized.
 - Tourist services and offer along the old narrow gauge railway 'Ćiro'  biking route enhanced.
 - New cycling rout marketed and promoted.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">