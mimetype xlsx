--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,80 +30,80 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Local development strategies</t>
   </si>
   <si>
     <t>15 000 000 €</t>
   </si>
   <si>
-    <t>2018 - 2025</t>
+    <t>2018 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Not targeted); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project is fostering competitiveness and innovation of MSMEs and farmers in BiH competitive sectors. It is implemented by the partnership of GIZ, UNDP and ILO in the amount of 16.1 MEUR of which the Federal Republic of Germany provided 1.1 MEUR. </t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - Improved MSMEs performance, thanks to business investments and innovative services in competitive export-oriented sectors. 
 - Improved business environment for the start-ups and SME development. 
 - Intensified entrepreneurial initiatives in tourism and rural value chains for income and employment generation.
 - The calls for grants worth in total 10 MEUR have resulted with 82 development projects to support SMEs and local partnerships in agriculture production and processing (20), tourism (8) and export-oriented sectors (10). 
 - 5 grants supported innovative start-ups, 
 - 24 MSMEs were assisted to buy modern equipment, 
 - 15 grants have helped alleviating the effects of covid-19 on economy. 
 - The EU grants have triggered private investments of 6.3 MEUR which enabled opening of some 500 new jobs BiH wide. </t>
   </si>
   <si>
     <t>Joint Efforts for 5% Less Waste (5% LESS) (waste management in 6 local communit ies)</t>
   </si>
   <si>
     <t>411 105 €</t>
   </si>
   <si>
-    <t>2019 - 2025</t>
+    <t>2019 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Main); Climate action
  (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project plans to develop an integrated and environmentally sound waste management system in 6 municipalities in the cross-border area of Bosnia and Herzegovina and Montenegro. 
 At the same time, the plan is to increase the amount of recycled waste for 5% until the end of 2021 in these municipalities.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project will result in:
 - 12 institutions and organizations increased their capacity for waste management,
 - Better enforcement of 6 waste management plans implemented,
 - Extra-curricular programme in secondary education on both sides of the border in 4 schools will be harmonized and introduced,
 - 6 % of program area population will be covered by public awareness raising and sensitized for waste reduction and proper collection.</t>
   </si>
   <si>
     <t>BEAR in Mind: Bringing environmental actions for the biodiversity protection acr oss the borders</t>
   </si>
   <si>
     <t>369 144 €</t>
   </si>
   <si>
@@ -161,196 +161,196 @@
     <t xml:space="preserve">Result 1: 4 resource centres that will provide support for the development of creative industries established and equipped in Jablanica, Bijelo Polje, Danilovgrad and Konjic. 
 Result 2: Training programmes developed
 Result 3: Internship programme delivered 
 Result 4: Cross border information system for labour market related to creative industries established 
 Result 5: Unemployed persons employment skills for working in creative industries improved 
 Result 6: Business start-up programme delivered
 </t>
   </si>
   <si>
     <t xml:space="preserve">Expected results:
 Result 1: 4 resource centres that will provide support for the development of creative industries established and equipped in Jablanica, Bijelo Polje, Danilovgrad and Konjic. 
 Result 2: Training programmes developed
 Result 3: Internship programme delivered 
 Result 4: Cross border information system for labour market related to creative industries established 
 Result 5: Unemployed persons employment skills for working in creative industries improved 
 Result 6: Business start-up programme delivered
 </t>
   </si>
   <si>
     <t>EU support to regional economic development in BIH Call VI AgroMAP NETWORK under Lot 1</t>
   </si>
   <si>
     <t>320 143 €</t>
   </si>
   <si>
-    <t>2010 - 2025</t>
+    <t>2010 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Significant); Gender
  (Significant); Digital
  (Significant); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Micro, Small and Medium Enterprises (MSMEs) are the generators of new employment and growth in Bosnia and Herzegovina. It is clear that support to MSMEs is crucial for future economic development in BiH. However, MSMEs are still facing a number of barriers for their growth and development. Removing those barriers requires coordinated and partnership based actions of all relevant stakeholders and counterparts. 
 The European Union recognised those needs, and provided series of development projects to contribute to the increase of the growth, job creation and export potential of MSMEs in competitive sectors in Bosnia and Herzegovina, like metal and wood industries, dairy, fruits and vegetables and medial and aromatic plants. 
 In that respect, this European Union project aimed at generating the economic growth and employment by increasing the competitiveness in the Medical and Aromatic Plants (MAP) sector. The project strengthened economically actors of MAP sector by creating value-added products, based on knowledge, networking, application of new technologies, demand driven market approach, and quality standards introduction.</t>
   </si>
   <si>
     <t xml:space="preserve">The European Union established the AgroMAP network of MAP sector's collectors, producers and processors by having brought together 2,165 participants who networked together and share harvesting, cutting and packaging machines, distillers, refrigerators and other essential equipment.
 Together with educational workshops, this network has exchanged results in increased know-how and a wider skill set for those involved. We also increased the income of MAP sector actors by certifying plantations, marketing strategy developed, supply chain branding and foreign market product positioning. Also, an initiative to create an adequate credit line for the MAP sector has been launched. 
 The wider target area also feels the economic benefits through raising plantations and ensuring survival and improvement of existing as well as further development of new opportunities for entrepreneurs.</t>
   </si>
   <si>
     <t>Young people in joint action</t>
   </si>
   <si>
     <t>33 734 €</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Climate action
  (Main); Gender
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The main goal of the project was the improvement of social cohesion between Montenegro and Bosnia and Herzegovina youth through people-to-people actions, and encouraging Montenegro and Bosnia and Herzegovina youth from the border regions to get involved in joint initiatives, which promoted cooperation between these groups and provided benefits for the cross border region.</t>
   </si>
   <si>
     <t xml:space="preserve">Memos of Understanding;
 	Students’ unions formed and the existing ones strengthened high schools from the border regions;
 Web-based communication channel established to facilitate the communication between representatives of Bosnian and Montenegrin students’ unions;
 Training sessions for students’ unions on issues concerning the border region and on writing and managing projects;
 Determination of students’ unions projects (10 projects in total);
 Research conducted on students' participation and the function of Student Unions at the beginning of the project;
 Follow-up research conducted on students' participation and the function of student unions at the end of the project.</t>
   </si>
   <si>
     <t>Development of Tourist Itinerary for Cross Border Region between BIH and MNE</t>
   </si>
   <si>
     <t>91 409 €</t>
   </si>
   <si>
-    <t>2011 - 2025</t>
+    <t>2011 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Gender
  (Significant); Climate action
  (Not targeted); Civil society (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project focuses on development of the Tourist Itinerary for the Cross-border Region between BiH and MNE to include the following areas 
 BiH: 
 Stari Grad Municipality Sarajevo, Konjic Municipality, Mostar, Stolac Municipality, Trebinje Municipality, Čapljina Municipality, Jablanica Municipality
 MNE:
 Nikšić Municipality, Herceg Novi Municipality, Kotor Municipality, Tivat Municipality
 This route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector.</t>
   </si>
   <si>
     <t xml:space="preserve">In order to link people and trade goods, increase turnovers and income in the cross-border region between BiH and MNE, increase production of national products and similar activities, it was imperative to establish effective cross-border cooperation between these two countries. Therefore our TP Centers cooperated closely on mutual activities: education, trainings, visits to fairs, organization of events, maintenance of the mutual website and databases and organization of final two tourist itinerary routes.
 Development of the Tourist Itinerary for the Cross-Border Region included the said destinations and the route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector. The itineraries were promoted in all project events and through participation if fairs, as well as the project developed web site (www.itinereri.com).
 Two TP centers, established in Sarajevo and in Kotor respectively, will serve as hub for TP companies and provide relevant data, information and services aimed at improvement of knowledge and skills of TP companies.
 Main performance parameters included number and quality of networks links and projects backed and facilitated by this Project.</t>
   </si>
   <si>
     <t>Developemnt of Tourist Itinerary for Cros Border Region between BIH and MNE</t>
   </si>
   <si>
     <t>0 €</t>
   </si>
   <si>
     <t xml:space="preserve">The project focuses on development of Tourist Itinerary for the Cross-border Region between BiH and MNE to include the following areas 
 BiH: 
 Stari Grad Municipality Sarajevo, Konjic Municipality, Mostar, Stolac Municipality, Trebinje Municipality, Čapljina Municipality, Jablanica Municipality
 MNE:
 Nikšić Municipality, Herceg Novi Municipality, Kotor Municipality, Tivat Municipality
 This route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector.</t>
   </si>
   <si>
     <t xml:space="preserve">In order to link people and trade goods, increase turnovers and income in the cross-border region between BiH and MNE, increase production of national products and similar activities, it was imperative to establish effective cross-border cooperation between these two countries. Therefore our TP centers cooperated closely on mutual activities: education, trainings, visits to fairs, organization of events, maintenance of the mutual website and databases and organization of final two tourist itinerary routes.
 Development of Tourist Itinerary for the Cross-Border Region included the said destinations and the route will enable TP companies and individuals from rural areas to gain, improve and practically apply knowledge and skills in tourism and farming and food sector. The itineraries were promoted in all project events and through participation on fairs, as well as the project developed web site (www.itinereri.com).
 Two TP centers, established in Sarajevo and in Kotor respectively, will serve as hub for TP companies and provide relevant data, information and services aimed at improvement of knowledge and skills of TP companies.
 Main performance parameters included number and quality of networks links and projects backed and facilitated by this Project.</t>
   </si>
   <si>
     <t>Journalists without borders</t>
   </si>
   <si>
     <t>16 368 €</t>
   </si>
   <si>
-    <t>2013 - 2025</t>
+    <t>2013 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Climate action
  (Main); Digital
  (Significant); Civil society (Significant); Gender
  (Not targeted)</t>
   </si>
   <si>
     <t>The project seeks to contribute to the cross-border co-operation through strengthening connections between local journalists. The focus of this project is to increase capacities of local journalists in the target area through joint activities in the field of investigative journalism.</t>
   </si>
   <si>
     <t xml:space="preserve">50 journalists from the project region had the opportunity to learn and implement knowledge of investigative journalism in the “Summer School of Investigative Journalism”.  During the project, they went through theoretical as well as practical work in investigative journalism which improved their skills and enable them to start applying new methods in their work. 11 investigative journalism projects were developed and presented  to the public.</t>
   </si>
   <si>
     <t>'''Cross-border Fire Protection"</t>
   </si>
   <si>
     <t>143 058 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective of the project is to reduce the vulnerability of BiH and Montenegro to natural disasters and preserve the environment and natural resources through cross-border cooperation in the area of disaster risk reduction (DRR) and implementation of a joint program for reduction of open space fires. 
 Specific objective is to improve the capacity of the cross-border area to deal with open space fires through cross-border cooperation, joint capacity building and awareness raising campaign.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Improved capacity of national and municipal institutions and services dealing with protection and rescue;
 - Population and local authorities in the cross-border area and target municipalities familiarised with preventive actions against fires, protection and rescue and DRR;
 - Improved cross-border cooperation between institutions and services in charge of protection and rescue from BiH and Montenegro;
 - Improved capacity of the voluntary fire fighting associations from target municipalities and their work and importance for protection of local communities promoted.</t>
   </si>
   <si>
     <t>Recovering SMEs in flood affected areas and strenghtening their competitivenes b ased on local economic development partnership</t>
   </si>
   <si>
     <t>8 950 000 €</t>
   </si>
   <si>
-    <t>2016 - 2025</t>
+    <t>2016 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Gender
  (Main); Climate action
  (Significant); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Project helped to re-establish and improve competitiveness of the selected SMEs and business locations after the 2014 floods. 
 </t>
   </si>
   <si>
     <t xml:space="preserve">This project resulted in:
 - SMEs of the metal, wood, agribusiness and tourism sectors have further improved their competitiveness. 
 - Strengthened capacities of 10 municipalities to support economic recovery and development. 
 - Cooperation between the public and private sector to support economic recovery and strengthen competitiveness of selected business locations and their SMEs is improved. 
 - Business models along value chains are strengthened.
 - 4 million EUR worth grants have enabled SMEs in agri-business, metal and wood processing to obtain standards for improved products and services, CE certification and introduce innovation for the placement of new products and services on EU market. 
 - Some 30 SMEs increased their flood management resilience by implementing action plans for protection of employees, infrastructure and equipment while 90 new jobs were opened to  support the local economies.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">