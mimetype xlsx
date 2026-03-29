--- v0 (2025-10-30)
+++ v1 (2026-03-29)
@@ -30,99 +30,99 @@
   <si>
     <t>Project name</t>
   </si>
   <si>
     <t>EU fund</t>
   </si>
   <si>
     <t>Implementation period</t>
   </si>
   <si>
     <t>Categories</t>
   </si>
   <si>
     <t>Summary</t>
   </si>
   <si>
     <t>Results</t>
   </si>
   <si>
     <t>Sustainable tourist development - From Herzegovina trails to Dubrovnik Elafiti i slands</t>
   </si>
   <si>
     <t>205 679 €</t>
   </si>
   <si>
-    <t>2014 - 2025</t>
+    <t>2014 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Civil society (Main); Digital
  (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">The project worked to expand the coastal tourist offer into the cross border area of inland and island territories surrounding Dubrovnik and Mostar. In this effort, the project increased the exchanges and cooperation between Croatian and BiH tourist operators. 
 The project resulted in establishment of the Blue section of the Via Dinarica Trail and thus enhanced innovative community-based services and the valorisation of the natural resources in Popovo polje and Elafiti islands.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Capacity and skills of tourist operators in the cross border region increased in identifying, developing and managing tourist potential of inland territories and islands; 
 - Jointly developed and promoted innovative tourism cross border offers in Popovo polje and Elafiti islands.
 </t>
   </si>
   <si>
     <t>Cycling Through the History - Revitalisation of the Old Narrow Gauge Railway '' ''Ciro''''</t>
   </si>
   <si>
     <t>279 285 €</t>
   </si>
   <si>
     <t xml:space="preserve">Digital
  (Main); Civil society (Significant); Gender
  (Not targeted); Climate action
  (Not targeted)</t>
   </si>
   <si>
     <t xml:space="preserve">Overall objective of the project was to contribute to integration of the economy in the bordering regions of Dubrovnik-Neretva and Herzegovina through development of new joint tourism offer.
 Specific objective of the project is to revitalize the old narrow gauge railway "Ćiro" between Mostar (BiH) and Konavle (CRO), through establishment of bicycle trail, as new joint tourist product with clear identity and image. It will also aim to increase quantity and quality of tourism offer and tourism services in bordering regions of Dubrovnik-Neretva and Herzegovina.</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Cross-border partnership enhanced and strengthened.
 - Old narrow gauge railway 'Ćiro' route cleaned, reconstructed, equipped, and signalized.
 - Tourist services and offer along the old narrow gauge railway 'Ćiro'  biking route enhanced.
 - New cycling rout marketed and promoted.</t>
   </si>
   <si>
     <t>Anti Dop Ambassadors beyond borders. Youth cooperation in drug use prevention</t>
   </si>
   <si>
     <t>78 447 €</t>
   </si>
   <si>
-    <t>2015 - 2025</t>
+    <t>2015 - 2026</t>
   </si>
   <si>
     <t xml:space="preserve">Gender
  (Main); Civil society (Significant); Climate action
  (Not targeted); Digital
  (Not targeted)</t>
   </si>
   <si>
     <t>The project set as its goal to contributre to sustainable social cohesion in cross border regions. Its focus was on addressing substance abuse issues among youth with the aim to decrease the risk of drug abuse among youth through awareness raising actions and multidisciplinary approach (synergy of civil sector, public institutions and youth initiatives).</t>
   </si>
   <si>
     <t xml:space="preserve">Implementation of this project resulted in:
 - Enhanced capacities of the youth in regards to addiction prevention and de veloped cross border Anti Dop Ambassadors youth network 
 - Raised awareness about the role of family institution in addiction prevention among parents from eligible area 
 - Established long-term cross-border partnerships of institutional cooperation (NGO’s and public) 
 - Enhanced social awareness about drug problem through successful promotion of the project in the media.</t>
   </si>
   <si>
     <t>CB-GREEN; Cross-Border Green, Renewable &amp; Energy Efficiency Network</t>
   </si>
   <si>
     <t>199 601 €</t>
   </si>
   <si>
     <t xml:space="preserve">Gender